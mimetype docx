--- v0 (2026-01-25)
+++ v1 (2026-03-26)
@@ -1,66 +1,58 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="287BF1C0" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
-[...1 lines deleted...]
-        <w:t>SOAL PAS MATEMATIKA SEMESTER 2</w:t>
+    <w:p w14:paraId="287BF1C0" w14:textId="32B5F9A7" w:rsidR="0092759B" w:rsidRDefault="00E6711D">
+      <w:r>
+        <w:t>SOAL SKI UYE</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="35F60C39" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="0092759B"/>
     <w:p w14:paraId="3B3FA666" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
       <w:r>
-        <w:t>[</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> no 1]</w:t>
+        <w:t>[soal no 1]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="13DF59AB" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="0092759B"/>
     <w:p w14:paraId="7A7FBAF3" w14:textId="77777777" w:rsidR="0092759B" w:rsidRPr="00812427" w:rsidRDefault="00000000">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00812427">
         <w:rPr>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">isi soal nya begini nomor 1 </w:t>
       </w:r>
       <m:oMath>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
             <w:lang w:val="sv-SE"/>
           </w:rPr>
           <m:t>2</m:t>
         </m:r>
         <m:sSup>
           <m:sSupPr>
@@ -124,65 +116,52 @@
               <m:t>x</m:t>
             </m:r>
           </m:e>
         </m:d>
         <m:r>
           <m:rPr>
             <m:lit/>
             <m:nor/>
           </m:rPr>
           <w:rPr>
             <w:lang w:val="sv-SE"/>
           </w:rPr>
           <m:t>=</m:t>
         </m:r>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
             <w:lang w:val="sv-SE"/>
           </w:rPr>
           <m:t>0</m:t>
         </m:r>
       </m:oMath>
     </w:p>
     <w:p w14:paraId="11340792" w14:textId="1BEB8A39" w:rsidR="0092759B" w:rsidRDefault="00000000">
       <w:r>
-        <w:t xml:space="preserve">dan </w:t>
-[...13 lines deleted...]
-      <w:proofErr w:type="spellEnd"/>
+        <w:t>dan tolong selesaikan</w:t>
+      </w:r>
       <w:r w:rsidR="00812427">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <m:oMath>
         <m:d>
           <m:dPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
               </w:rPr>
             </m:ctrlPr>
           </m:dPr>
           <m:e>
             <m:m>
               <m:mPr>
                 <m:mcs>
                   <m:mc>
                     <m:mcPr>
                       <m:count m:val="2"/>
                       <m:mcJc m:val="center"/>
                     </m:mcPr>
                   </m:mc>
                 </m:mcs>
                 <m:ctrlPr>
@@ -267,237 +246,88 @@
                   <pic:blipFill>
                     <a:blip r:embed="rId4"/>
                     <a:stretch>
                       <a:fillRect/>
                     </a:stretch>
                   </pic:blipFill>
                   <pic:spPr bwMode="auto">
                     <a:xfrm>
                       <a:off x="0" y="0"/>
                       <a:ext cx="3933825" cy="2924175"/>
                     </a:xfrm>
                     <a:prstGeom prst="rect">
                       <a:avLst/>
                     </a:prstGeom>
                     <a:noFill/>
                   </pic:spPr>
                 </pic:pic>
               </a:graphicData>
             </a:graphic>
           </wp:anchor>
         </w:drawing>
       </w:r>
     </w:p>
     <w:p w14:paraId="3756FA06" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
       <w:r>
-        <w:t>[</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> A</w:t>
+        <w:t>[opsi A] isi opsi A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1EC29146" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
       <w:r>
-        <w:t>[</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> A</w:t>
+        <w:t>[opsi B] isi opsi A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="294BDCC9" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
       <w:r>
-        <w:t>[</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> A</w:t>
+        <w:t>[opsi C] isi opsi A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5E61C0E4" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
       <w:r>
-        <w:t>[</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> A</w:t>
+        <w:t>[opsi D] isi opsi A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6731DBAB" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
       <w:r>
-        <w:t>[</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> A</w:t>
+        <w:t>[opsi E] isi opsi A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7EC51E16" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
       <w:r>
         <w:t>[KUNCI: B]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6B203291" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="0092759B"/>
     <w:p w14:paraId="4D40D930" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
       <w:r>
-        <w:t>[</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> no 2]</w:t>
+        <w:t>[soal no 2]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4BD8F1A9" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="0092759B"/>
     <w:p w14:paraId="5CBBB776" w14:textId="4989089D" w:rsidR="0092759B" w:rsidRDefault="00000000">
-      <w:proofErr w:type="spellStart"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> 1 </w:t>
+      <w:r>
+        <w:t xml:space="preserve">isi soal nomor 1 </w:t>
       </w:r>
       <m:oMath>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
           </w:rPr>
           <m:t>2</m:t>
         </m:r>
         <m:sSup>
           <m:sSupPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSupPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>x</m:t>
             </m:r>
           </m:e>
           <m:sup>
@@ -637,55 +467,53 @@
               <w:t>NO</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5624" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="24C32746" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
             </w:pPr>
             <w:r>
               <w:t>Nama</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3213" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6DC65D1A" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>identitas</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0092759B" w14:paraId="04738376" w14:textId="77777777" w:rsidTr="00BD7A09">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="76EB9C6D" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
             </w:pPr>
             <w:r>
               <w:t>1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5624" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="47DD0A31" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
             </w:pPr>
@@ -721,116 +549,102 @@
               <w:t>2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5624" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="7946CB97" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
             </w:pPr>
             <w:r>
               <w:t>Joko</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3213" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="2BFD48AF" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>susilo</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="0092759B" w14:paraId="0CAA413E" w14:textId="77777777" w:rsidTr="00BD7A09">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="801" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="0012DDA4" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
             </w:pPr>
             <w:r>
               <w:t>3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5624" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="6ECD7E85" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>edi</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3213" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="5C7B9905" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
             <w:pPr>
               <w:pStyle w:val="TableContents"/>
             </w:pPr>
-            <w:proofErr w:type="spellStart"/>
             <w:r>
               <w:t>joko</w:t>
             </w:r>
-            <w:proofErr w:type="spellEnd"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="1059173F" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="0092759B"/>
     <w:p w14:paraId="44DD813C" w14:textId="111A1421" w:rsidR="0092759B" w:rsidRDefault="00000000">
       <w:r>
-        <w:t>[</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> A]  </w:t>
+        <w:t xml:space="preserve">[opsi A]  </w:t>
       </w:r>
       <m:oMath>
         <m:nary>
           <m:naryPr>
             <m:limLoc m:val="subSup"/>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
                 <w:i/>
               </w:rPr>
             </m:ctrlPr>
           </m:naryPr>
           <m:sub>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>1</m:t>
             </m:r>
           </m:sub>
           <m:sup>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
@@ -1036,282 +850,178 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="621C357C" w14:textId="77F6AB78" w:rsidR="0092759B" w:rsidRPr="00CB7267" w:rsidRDefault="00000000">
       <w:pPr>
         <w:rPr>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00CB7267">
         <w:rPr>
           <w:lang w:val="sv-SE"/>
         </w:rPr>
         <w:t xml:space="preserve">[opsi D] </w:t>
       </w:r>
       <w:r w:rsidR="00CB7267" w:rsidRPr="00AE3FE6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl/>
           <w:lang w:eastAsia="id-ID"/>
         </w:rPr>
         <w:t>إذا تعارض النص مع العقل قدمت الفرقة الكلامية العقل لأنه أصل النص، ولا يتقدم الفرع على الأصل،</w:t>
       </w:r>
-      <w:r w:rsidR="00CB7267">
-[...50 lines deleted...]
-      </w:r>
+      <w:hyperlink r:id="rId5" w:tooltip="الحسن والقبح العقليين" w:history="1">
+        <w:r w:rsidR="00CB7267" w:rsidRPr="00AE3FE6">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w:rtl/>
+            <w:lang w:eastAsia="id-ID"/>
+          </w:rPr>
+          <w:t>فالحسن والقبح</w:t>
+        </w:r>
+      </w:hyperlink>
       <w:r w:rsidR="00CB7267" w:rsidRPr="00CB7267">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:lang w:val="sv-SE" w:eastAsia="id-ID"/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r w:rsidR="00CB7267" w:rsidRPr="00AE3FE6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl/>
           <w:lang w:eastAsia="id-ID"/>
         </w:rPr>
-        <w:t>تجب معرفتهما بالعقل، فالعقل بذلك موجب وآمر وناه، لذلك فإنهم قد تطرفوا وغالوا في استخدام</w:t>
-[...52 lines deleted...]
-        <w:t> </w:t>
+        <w:t xml:space="preserve">تجب معرفتهما بالعقل، فالعقل بذلك موجب وآمر وناه، لذلك </w:t>
       </w:r>
       <w:r w:rsidR="00CB7267" w:rsidRPr="00AE3FE6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:color w:val="222222"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:rtl/>
           <w:lang w:eastAsia="id-ID"/>
         </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>فإنهم قد تطرفوا وغالوا في استخدام</w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7267" w:rsidRPr="00CB7267">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="sv-SE" w:eastAsia="id-ID"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId6" w:tooltip="عقل" w:history="1">
+        <w:r w:rsidR="00CB7267" w:rsidRPr="00AE3FE6">
+          <w:rPr>
+            <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+            <w:sz w:val="32"/>
+            <w:szCs w:val="32"/>
+            <w:rtl/>
+            <w:lang w:eastAsia="id-ID"/>
+          </w:rPr>
+          <w:t>العقل</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00CB7267" w:rsidRPr="00CB7267">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:lang w:val="sv-SE" w:eastAsia="id-ID"/>
+        </w:rPr>
+        <w:t> </w:t>
+      </w:r>
+      <w:r w:rsidR="00CB7267" w:rsidRPr="00AE3FE6">
+        <w:rPr>
+          <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
+          <w:color w:val="222222"/>
+          <w:sz w:val="32"/>
+          <w:szCs w:val="32"/>
+          <w:rtl/>
+          <w:lang w:eastAsia="id-ID"/>
+        </w:rPr>
         <w:t xml:space="preserve">وجعلوه حاكماً على النص. </w:t>
       </w:r>
       <w:r w:rsidR="00CB7267" w:rsidRPr="00AE3FE6">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:rtl/>
         </w:rPr>
         <w:t>هذه العقيدة من عقائد الفرقة ......</w:t>
       </w:r>
       <w:r w:rsidR="00CB7267">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman" w:hint="cs"/>
           <w:sz w:val="32"/>
           <w:szCs w:val="32"/>
           <w:shd w:val="clear" w:color="auto" w:fill="FFFFFF"/>
           <w:rtl/>
         </w:rPr>
         <w:t>؟</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6F3CC859" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
       <w:r>
-        <w:lastRenderedPageBreak/>
-[...24 lines deleted...]
-        <w:t xml:space="preserve"> A</w:t>
+        <w:t>[opsi E] isi opsi A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="09DEEEE1" w14:textId="5076CA14" w:rsidR="0092759B" w:rsidRDefault="00000000">
       <w:r>
         <w:t>[KUNCI: B, C]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="487EDA9F" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="0092759B"/>
     <w:p w14:paraId="4595D808" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
       <w:r>
-        <w:t>[</w:t>
-[...7 lines deleted...]
-        <w:t xml:space="preserve"> no 3]</w:t>
+        <w:t>[soal no 3]</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="208D95AE" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="0092759B"/>
     <w:p w14:paraId="72B407D4" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
-      <w:proofErr w:type="spellStart"/>
-[...21 lines deleted...]
-        <w:t xml:space="preserve"> 3 </w:t>
+      <w:r>
+        <w:t xml:space="preserve">isi soal nomor 3 </w:t>
       </w:r>
       <m:oMath>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
           </w:rPr>
           <m:t>2</m:t>
         </m:r>
         <m:sSup>
           <m:sSupPr>
             <m:ctrlPr>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
             </m:ctrlPr>
           </m:sSupPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>x</m:t>
             </m:r>
           </m:e>
           <m:sup>
@@ -1339,325 +1049,221 @@
           </m:dPr>
           <m:e>
             <m:r>
               <w:rPr>
                 <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
               </w:rPr>
               <m:t>2x</m:t>
             </m:r>
           </m:e>
         </m:d>
         <m:r>
           <m:rPr>
             <m:lit/>
             <m:nor/>
           </m:rPr>
           <m:t>=</m:t>
         </m:r>
         <m:r>
           <w:rPr>
             <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math"/>
           </w:rPr>
           <m:t>0</m:t>
         </m:r>
       </m:oMath>
     </w:p>
+    <w:p w14:paraId="22B19145" w14:textId="111EDB83" w:rsidR="000857EC" w:rsidRDefault="000857EC">
+      <w:r>
+        <w:t xml:space="preserve">N₂(g) + 3H₂(g) </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Cambria Math" w:hAnsi="Cambria Math" w:cs="Cambria Math"/>
+        </w:rPr>
+        <w:t>⇌</w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> 2NH₃(g) ΔH = -92 kJ</w:t>
+      </w:r>
+    </w:p>
     <w:p w14:paraId="7F9D4520" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="0092759B"/>
     <w:p w14:paraId="4F71D93B" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
       <w:r>
-        <w:t>[</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> A</w:t>
+        <w:t>[opsi A] isi opsi A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5DA788F8" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
       <w:r>
-        <w:t>[</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> A</w:t>
+        <w:t>[opsi B] isi opsi A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7F3E7871" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
       <w:r>
-        <w:t>[</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> A</w:t>
+        <w:t>[opsi C] isi opsi A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1A9F8BE7" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
       <w:r>
-        <w:t>[</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> A</w:t>
+        <w:t>[opsi D] isi opsi A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="75C6D257" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
       <w:r>
-        <w:t>[</w:t>
-[...23 lines deleted...]
-        <w:t xml:space="preserve"> A</w:t>
+        <w:t>[opsi E] isi opsi A</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67804100" w14:textId="77777777" w:rsidR="0092759B" w:rsidRDefault="00000000">
       <w:r>
         <w:t>[KUNCI: B, C, D]</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="0092759B">
       <w:pgSz w:w="11906" w:h="16838"/>
       <w:pgMar w:top="1134" w:right="1134" w:bottom="1134" w:left="1134" w:header="0" w:footer="0" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:formProt w:val="0"/>
       <w:docGrid w:linePitch="100"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="DejaVu Serif">
-    <w:panose1 w:val="02060603050605020204"/>
+    <w:altName w:val="Sylfaen"/>
     <w:charset w:val="01"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E50006FF" w:usb1="5200F9FB" w:usb2="0A040020" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Serif CJK SC">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Noto Sans Devanagari">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="80008023" w:usb1="00002046" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="DejaVu Sans">
-    <w:panose1 w:val="020B0603030804020204"/>
+    <w:altName w:val="Sylfaen"/>
     <w:charset w:val="01"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E7002EFF" w:usb1="D200FDFF" w:usb2="0A246029" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Noto Sans CJK SC">
     <w:panose1 w:val="00000000000000000000"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:notTrueType/>
     <w:pitch w:val="default"/>
   </w:font>
   <w:font w:name="Cambria Math">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
-  <w:proofState w:spelling="clean" w:grammar="clean"/>
+  <w:zoom w:percent="110"/>
   <w:defaultTabStop w:val="709"/>
   <w:autoHyphenation/>
   <w:hyphenationZone w:val="0"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="0092759B"/>
+    <w:rsid w:val="000857EC"/>
     <w:rsid w:val="000D0F51"/>
+    <w:rsid w:val="004020D3"/>
     <w:rsid w:val="006374FE"/>
     <w:rsid w:val="00684D5C"/>
     <w:rsid w:val="00812427"/>
     <w:rsid w:val="0092759B"/>
     <w:rsid w:val="00BD7A09"/>
     <w:rsid w:val="00C01EA7"/>
     <w:rsid w:val="00CB7267"/>
     <w:rsid w:val="00D630FE"/>
+    <w:rsid w:val="00E6711D"/>
     <w:rsid w:val="00E85FFA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="" w:eastAsia="" w:bidi=""/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="1026"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
-  <w:decimalSymbol w:val="."/>
-  <w:listSeparator w:val=","/>
+  <w:decimalSymbol w:val=","/>
+  <w:listSeparator w:val=";"/>
   <w14:docId w14:val="5CA600B1"/>
   <w15:docId w15:val="{B65B2246-B528-4990-A724-94A8F2D860E3}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="DejaVu Serif" w:eastAsia="Noto Serif CJK SC" w:hAnsi="DejaVu Serif" w:cs="Noto Sans Devanagari"/>
         <w:kern w:val="2"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
         <w:lang w:val="en-US" w:eastAsia="zh-CN" w:bidi="hi-IN"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:suppressAutoHyphens/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
@@ -2120,51 +1726,51 @@
     <w:basedOn w:val="Normal"/>
     <w:qFormat/>
     <w:pPr>
       <w:widowControl w:val="0"/>
       <w:suppressLineNumbers/>
     </w:pPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00812427"/>
     <w:rPr>
       <w:color w:val="666666"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du"/>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ar.wikipedia.org/wiki/%D8%B9%D9%82%D9%84" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://ar.wikipedia.org/wiki/%D8%A7%D9%84%D8%AD%D8%B3%D9%86_%D9%88%D8%A7%D9%84%D9%82%D8%A8%D8%AD_%D8%A7%D9%84%D8%B9%D9%82%D9%84%D9%8A%D9%8A%D9%86" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office">
   <a:themeElements>
     <a:clrScheme name="LibreOffice">
       <a:dk1>
         <a:srgbClr val="000000"/>
       </a:dk1>
       <a:lt1>
         <a:srgbClr val="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="000000"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="FFFFFF"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="18A303"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="0369A3"/>
       </a:accent2>
       <a:accent3>
@@ -2236,54 +1842,54 @@
         </a:effectStyle>
       </a:effectStyleLst>
       <a:bgFillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>178</Words>
-  <Characters>1021</Characters>
+  <Words>181</Words>
+  <Characters>1037</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>8</Lines>
   <Paragraphs>2</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1197</CharactersWithSpaces>
+  <CharactersWithSpaces>1216</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <dc:language>en-US</dc:language>
 </cp:coreProperties>
 </file>